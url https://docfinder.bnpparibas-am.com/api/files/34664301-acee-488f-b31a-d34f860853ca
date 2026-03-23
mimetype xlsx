--- v0 (2025-11-08)
+++ v1 (2026-03-23)
@@ -23306,57 +23306,55 @@
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="948098c9-d7b0-401c-aca0-0b357c86e4be">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="60a93103-6095-4625-b5c9-7656c6bf4ad1">
-      <Value>83</Value>
+      <Value>27</Value>
+      <Value>187</Value>
       <Value>31</Value>
+      <Value>42</Value>
       <Value>28</Value>
-      <Value>27</Value>
-[...2 lines deleted...]
-      <Value>1</Value>
     </TaxCatchAll>
     <_dlc_DocIdPersistId xmlns="60a93103-6095-4625-b5c9-7656c6bf4ad1" xsi:nil="true"/>
     <_dlc_DocId xmlns="60a93103-6095-4625-b5c9-7656c6bf4ad1">QCCV6AVP7WQQ-659030661-29394</_dlc_DocId>
     <_dlc_DocIdUrl xmlns="60a93103-6095-4625-b5c9-7656c6bf4ad1">
       <Url>https://bnpparibas.sharepoint.com/sites/am-edocs/public/_layouts/15/DocIdRedir.aspx?ID=QCCV6AVP7WQQ-659030661-29394</Url>
       <Description>QCCV6AVP7WQQ-659030661-29394</Description>
     </_dlc_DocIdUrl>
     <id1252b2c52c4599823e93123fe16dbc xmlns="60a93103-6095-4625-b5c9-7656c6bf4ad1">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
         <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
           <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">semi annual</TermName>
           <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">a721c774-8caa-4aec-851a-cb00ba44dcd7</TermId>
         </TermInfo>
       </Terms>
     </id1252b2c52c4599823e93123fe16dbc>
     <ad82a57ea16947a4a1397eaa129c8fc1 xmlns="60a93103-6095-4625-b5c9-7656c6bf4ad1">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </ad82a57ea16947a4a1397eaa129c8fc1>
     <aa0bfe386f59475a994f27ce129a1206 xmlns="60a93103-6095-4625-b5c9-7656c6bf4ad1">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
         <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
           <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">ALL</TermName>
           <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">dfb19f3d-0467-42fe-832d-1e717d3f0a73</TermId>
         </TermInfo>
       </Terms>
@@ -23376,81 +23374,81 @@
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
         <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
           <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">Italy</TermName>
           <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">b09e5726-4c51-4a26-9654-8de4dcb1cbb4</TermId>
         </TermInfo>
       </Terms>
     </j404d3ea22f84f0da63e37f9f86908c9>
     <eDoc_PortalPublicationDate xmlns="60a93103-6095-4625-b5c9-7656c6bf4ad1">2023-12-20T23:00:00+00:00</eDoc_PortalPublicationDate>
     <DocFinderId xmlns="60a93103-6095-4625-b5c9-7656c6bf4ad1">34664301-acee-488f-b31a-d34f860853ca</DocFinderId>
     <eDocToExported xmlns="60a93103-6095-4625-b5c9-7656c6bf4ad1">false</eDocToExported>
     <eDoc_Owner xmlns="60a93103-6095-4625-b5c9-7656c6bf4ad1">
       <UserInfo>
         <DisplayName>GUARINO Maria Carmela</DisplayName>
         <AccountId>26</AccountId>
         <AccountType/>
       </UserInfo>
     </eDoc_Owner>
     <eb778c4bd9364e569bcb720c0f850154 xmlns="60a93103-6095-4625-b5c9-7656c6bf4ad1">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </eb778c4bd9364e569bcb720c0f850154>
     <eDoc_Description xmlns="60a93103-6095-4625-b5c9-7656c6bf4ad1" xsi:nil="true"/>
     <eDoc_PortalUnpublicationDate xmlns="60a93103-6095-4625-b5c9-7656c6bf4ad1">2123-12-20T23:00:00+00:00</eDoc_PortalUnpublicationDate>
     <a2fab22c651e4a9ebbc45779f12cd8b3 xmlns="60a93103-6095-4625-b5c9-7656c6bf4ad1">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
         <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-          <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">Regulation</TermName>
-          <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">d8333ea0-8943-4c63-816d-fcd29cf8e867</TermId>
+          <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">Reporting</TermName>
+          <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">b3b671c6-d728-40f1-b828-4897f58a97d8</TermId>
         </TermInfo>
       </Terms>
     </a2fab22c651e4a9ebbc45779f12cd8b3>
     <eDoc_IsItemAdded xmlns="60a93103-6095-4625-b5c9-7656c6bf4ad1">false</eDoc_IsItemAdded>
     <eDoc_UploadDate xmlns="60a93103-6095-4625-b5c9-7656c6bf4ad1" xsi:nil="true"/>
     <eDoc_DueDateReminder xmlns="60a93103-6095-4625-b5c9-7656c6bf4ad1" xsi:nil="true"/>
     <eDoc_UploadedBy xmlns="60a93103-6095-4625-b5c9-7656c6bf4ad1">
       <UserInfo>
         <DisplayName/>
         <AccountId xsi:nil="true"/>
         <AccountType/>
       </UserInfo>
     </eDoc_UploadedBy>
     <eDoc_AudienceTaxHTField0 xmlns="60a93103-6095-4625-b5c9-7656c6bf4ad1" xsi:nil="true"/>
     <eDoc_MetaArchive xmlns="60a93103-6095-4625-b5c9-7656c6bf4ad1" xsi:nil="true"/>
     <eDoc_DocumentLink xmlns="60a93103-6095-4625-b5c9-7656c6bf4ad1" xsi:nil="true"/>
     <LastVersionDocFinderUrl xmlns="948098c9-d7b0-401c-aca0-0b357c86e4be" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="CMLDocumentNLP" ma:contentTypeID="0x0101004B6A54ECE1E505468611928E47E1020201010075E7C72B8710054EBC548416F6FBA601" ma:contentTypeVersion="26" ma:contentTypeDescription="This content type structures documents not linked to a product in the environment CML." ma:contentTypeScope="" ma:versionID="dcbaa3664ae172e5330cc71990a9e163">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="60a93103-6095-4625-b5c9-7656c6bf4ad1" xmlns:ns3="948098c9-d7b0-401c-aca0-0b357c86e4be" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="a66c6bf8fca8edec381768f3bfaf0327" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="CMLDocumentNLP" ma:contentTypeID="0x0101004B6A54ECE1E505468611928E47E1020201010075E7C72B8710054EBC548416F6FBA601" ma:contentTypeVersion="26" ma:contentTypeDescription="This content type structures documents not linked to a product in the environment CML." ma:contentTypeScope="" ma:versionID="8d30af430dc757bdb8f6945f83b7d476">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="60a93103-6095-4625-b5c9-7656c6bf4ad1" xmlns:ns3="948098c9-d7b0-401c-aca0-0b357c86e4be" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="cefa7783538f6b0ac41483ee27d007f8" ns2:_="" ns3:_="">
     <xsd:import namespace="60a93103-6095-4625-b5c9-7656c6bf4ad1"/>
     <xsd:import namespace="948098c9-d7b0-401c-aca0-0b357c86e4be"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:eDoc_Description" minOccurs="0"/>
                 <xsd:element ref="ns2:eDoc_DocumentCreationDate" minOccurs="0"/>
                 <xsd:element ref="ns2:eDoc_Owner" minOccurs="0"/>
                 <xsd:element ref="ns2:eDoc_PortalPublicationDate" minOccurs="0"/>
                 <xsd:element ref="ns2:eDoc_PortalUnpublicationDate" minOccurs="0"/>
                 <xsd:element ref="ns2:eDoc_Internet_Intranet"/>
                 <xsd:element ref="ns2:eDoc_MetaArchive" minOccurs="0"/>
                 <xsd:element ref="ns2:eDoc_DueDateReminder" minOccurs="0"/>
                 <xsd:element ref="ns2:eDoc_UploadDate" minOccurs="0"/>
                 <xsd:element ref="ns2:eDoc_UploadedBy" minOccurs="0"/>
                 <xsd:element ref="ns2:eDoc_Checksum" minOccurs="0"/>
                 <xsd:element ref="ns2:_dlc_DocId" minOccurs="0"/>
                 <xsd:element ref="ns2:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:eDoc_AudienceTaxHTField0" minOccurs="0"/>
                 <xsd:element ref="ns2:eDoc_IsItemAdded" minOccurs="0"/>
                 <xsd:element ref="ns2:id1252b2c52c4599823e93123fe16dbc" minOccurs="0"/>
                 <xsd:element ref="ns2:n81b0fd67d4443dc97c1b089c677dbff" minOccurs="0"/>
@@ -23912,51 +23910,51 @@
     <Url/>
     <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
 </spe:Receivers>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{34DD0FC6-E048-4689-9410-357FF82A265F}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="7761ea8b-6468-451a-9b69-5cf9f23c415e"/>
     <ds:schemaRef ds:uri="820e807d-3e87-4282-a5d0-82615e9acccb"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{09F67A9A-2AAC-4AAC-B318-88A0A605AE33}"/>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2A43F85A-AC4D-4E67-B93E-33D414B2E4F5}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{11067B04-9714-4111-91E4-A34F0E4FA4B4}"/>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B12668F3-5311-4AEF-B00F-40831DCD367D}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
@@ -24040,51 +24038,51 @@
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="18" name="eDoc_Checksum">
     <vt:lpwstr>6376CE736D7203CB25BC6F6DB87F9B4F4F7AAF39C6D3A91224B650DFBDEF3FCC</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="19" name="eDoc_Language">
     <vt:lpwstr>27;#Italian|fc04df9f-6a04-4368-81ff-5356a372a104</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="20" name="eDoc_PublicationCountry">
     <vt:lpwstr>28;#Italy|b09e5726-4c51-4a26-9654-8de4dcb1cbb4</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="21" name="n84c15e3b8934f74a3830ccbe944b633">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="22" name="a2fab22c651e4a9ebbc45779f12cd8b3">
     <vt:lpwstr>Regulation|d8333ea0-8943-4c63-816d-fcd29cf8e867</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="23" name="eDoc_Periodicity">
     <vt:lpwstr>42;#semi annual|a721c774-8caa-4aec-851a-cb00ba44dcd7</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="24" name="n81b0fd67d4443dc97c1b089c677dbff">
     <vt:lpwstr>Italian|fc04df9f-6a04-4368-81ff-5356a372a104</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="25" name="eDoc_InvestmentCenter">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="26" name="eDoc_DocumentType">
-    <vt:lpwstr>906;#Regulation|d8333ea0-8943-4c63-816d-fcd29cf8e867</vt:lpwstr>
+    <vt:lpwstr>187;#Reporting|b3b671c6-d728-40f1-b828-4897f58a97d8</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="27" name="j404d3ea22f84f0da63e37f9f86908c9">
     <vt:lpwstr>Italy|b09e5726-4c51-4a26-9654-8de4dcb1cbb4</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="28" name="e29cc4a77b0e424abf749846b1b16262">
     <vt:lpwstr>Non Pro|0d42a436-3d3e-4510-9840-665633231275</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="29" name="eDoc_PortalPublicationDate">
     <vt:filetime>2023-12-20T23:00:00Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="30" name="DocFinderId">
     <vt:lpwstr>34664301-acee-488f-b31a-d34f860853ca</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="31" name="eDoc_ProNoPro">
     <vt:lpwstr>1;#Non Pro|0d42a436-3d3e-4510-9840-665633231275</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="32" name="ia3973d6fef24162bf255d23de05c261">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="33" name="eDoc_Origin">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="34" name="eDoc_Owner">
     <vt:lpwstr>26</vt:lpwstr>
   </property>