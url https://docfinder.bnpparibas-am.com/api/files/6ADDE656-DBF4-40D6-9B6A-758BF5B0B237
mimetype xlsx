--- v0 (2025-10-03)
+++ v1 (2026-03-23)
@@ -39926,97 +39926,98 @@
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="1200" verticalDpi="1200" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;R&amp;1#&amp;"Calibri"&amp;10&amp;K0078D7Classification : Internal</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="CMLDocumentNLP" ma:contentTypeID="0x0101004B6A54ECE1E505468611928E47E1020201010075E7C72B8710054EBC548416F6FBA601" ma:contentTypeVersion="25" ma:contentTypeDescription="This content type structures documents not linked to a product in the environment CML." ma:contentTypeScope="" ma:versionID="d7eabe7aec74065301301b3ed2438c6a">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="60a93103-6095-4625-b5c9-7656c6bf4ad1" xmlns:ns3="948098c9-d7b0-401c-aca0-0b357c86e4be" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="6914be2940dd4280bb3e19138905bcdd" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="CMLDocumentNLP" ma:contentTypeID="0x0101004B6A54ECE1E505468611928E47E1020201010075E7C72B8710054EBC548416F6FBA601" ma:contentTypeVersion="26" ma:contentTypeDescription="This content type structures documents not linked to a product in the environment CML." ma:contentTypeScope="" ma:versionID="dcbaa3664ae172e5330cc71990a9e163">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="60a93103-6095-4625-b5c9-7656c6bf4ad1" xmlns:ns3="948098c9-d7b0-401c-aca0-0b357c86e4be" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="a66c6bf8fca8edec381768f3bfaf0327" ns2:_="" ns3:_="">
     <xsd:import namespace="60a93103-6095-4625-b5c9-7656c6bf4ad1"/>
     <xsd:import namespace="948098c9-d7b0-401c-aca0-0b357c86e4be"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:eDoc_Description" minOccurs="0"/>
                 <xsd:element ref="ns2:eDoc_DocumentCreationDate" minOccurs="0"/>
                 <xsd:element ref="ns2:eDoc_Owner" minOccurs="0"/>
                 <xsd:element ref="ns2:eDoc_PortalPublicationDate" minOccurs="0"/>
                 <xsd:element ref="ns2:eDoc_PortalUnpublicationDate" minOccurs="0"/>
                 <xsd:element ref="ns2:eDoc_Internet_Intranet"/>
                 <xsd:element ref="ns2:eDoc_MetaArchive" minOccurs="0"/>
                 <xsd:element ref="ns2:eDoc_DueDateReminder" minOccurs="0"/>
                 <xsd:element ref="ns2:eDoc_UploadDate" minOccurs="0"/>
                 <xsd:element ref="ns2:eDoc_UploadedBy" minOccurs="0"/>
                 <xsd:element ref="ns2:eDoc_Checksum" minOccurs="0"/>
                 <xsd:element ref="ns2:_dlc_DocId" minOccurs="0"/>
                 <xsd:element ref="ns2:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:eDoc_AudienceTaxHTField0" minOccurs="0"/>
                 <xsd:element ref="ns2:eDoc_IsItemAdded" minOccurs="0"/>
                 <xsd:element ref="ns2:id1252b2c52c4599823e93123fe16dbc" minOccurs="0"/>
                 <xsd:element ref="ns2:n81b0fd67d4443dc97c1b089c677dbff" minOccurs="0"/>
                 <xsd:element ref="ns2:j404d3ea22f84f0da63e37f9f86908c9" minOccurs="0"/>
                 <xsd:element ref="ns2:ad82a57ea16947a4a1397eaa129c8fc1" minOccurs="0"/>
                 <xsd:element ref="ns2:eb778c4bd9364e569bcb720c0f850154" minOccurs="0"/>
                 <xsd:element ref="ns2:aa0bfe386f59475a994f27ce129a1206" minOccurs="0"/>
                 <xsd:element ref="ns2:a2fab22c651e4a9ebbc45779f12cd8b3" minOccurs="0"/>
                 <xsd:element ref="ns2:eDoc_DocumentLink" minOccurs="0"/>
                 <xsd:element ref="ns2:_dlc_DocIdUrl" minOccurs="0"/>
                 <xsd:element ref="ns2:_dlc_DocIdPersistId" minOccurs="0"/>
                 <xsd:element ref="ns2:TaxCatchAllLabel" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns3:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:DocFinderId" minOccurs="0"/>
                 <xsd:element ref="ns2:eDocToExported" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns2:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns3:LastVersionDocFinderUrl" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="60a93103-6095-4625-b5c9-7656c6bf4ad1" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="eDoc_Description" ma:index="2" nillable="true" ma:displayName="Description" ma:description="Description of the document, you can add key words or tags for the search engine to find your document easily." ma:internalName="eDoc_Description" ma:readOnly="false">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="eDoc_DocumentCreationDate" ma:index="4" nillable="true" ma:displayName="Document Date" ma:default="[today]" ma:description="Date of the data in the document or creation date of the document." ma:format="DateOnly" ma:indexed="true" ma:internalName="eDoc_DocumentCreationDate" ma:readOnly="false">
       <xsd:simpleType>
         <xsd:restriction base="dms:DateTime"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="eDoc_Owner" ma:index="5" nillable="true" ma:displayName="Owner" ma:description="Person responsible for the document (could be the same person as the one uploading the document)." ma:indexed="true" ma:list="UserInfo" ma:SharePointGroup="0" ma:internalName="eDoc_Owner" ma:readOnly="false" ma:showField="ImnName">
       <xsd:complexType>
         <xsd:complexContent>
@@ -40259,50 +40260,57 @@
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="45" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="6e7c967a-c606-4e87-8e98-6b167b774cad" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="MediaServiceGenerationTime" ma:index="46" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceEventHashCode" ma:index="47" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceSearchProperties" ma:index="50" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
+    <xsd:element name="LastVersionDocFinderUrl" ma:index="53" nillable="true" ma:displayName="LastVersionDocFinderUrl" ma:internalName="LastVersionDocFinderUrl">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="38" ma:displayName="Content Type"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="1" ma:displayName="Title"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
           </xsd:annotation>
         </xsd:element>
@@ -40514,56 +40522,57 @@
       <Value>23</Value>
       <Value>906</Value>
       <Value>1</Value>
     </TaxCatchAll>
     <eDoc_Owner xmlns="60a93103-6095-4625-b5c9-7656c6bf4ad1">
       <UserInfo>
         <DisplayName/>
         <AccountId xsi:nil="true"/>
         <AccountType/>
       </UserInfo>
     </eDoc_Owner>
     <eb778c4bd9364e569bcb720c0f850154 xmlns="60a93103-6095-4625-b5c9-7656c6bf4ad1">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
         <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
           <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">Contribution</TermName>
           <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">c35ddb5a-2c24-430a-b699-c1dc76ae79f3</TermId>
         </TermInfo>
       </Terms>
     </eb778c4bd9364e569bcb720c0f850154>
     <eDoc_Description xmlns="60a93103-6095-4625-b5c9-7656c6bf4ad1" xsi:nil="true"/>
     <_dlc_DocIdUrl xmlns="60a93103-6095-4625-b5c9-7656c6bf4ad1">
       <Url>https://bnpparibas.sharepoint.com/sites/am-edocs/public/_layouts/15/DocIdRedir.aspx?ID=QCCV6AVP7WQQ-659030661-24028</Url>
       <Description>QCCV6AVP7WQQ-659030661-24028</Description>
     </_dlc_DocIdUrl>
     <eDocToExported xmlns="60a93103-6095-4625-b5c9-7656c6bf4ad1">false</eDocToExported>
+    <LastVersionDocFinderUrl xmlns="948098c9-d7b0-401c-aca0-0b357c86e4be" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C6DE76B5-08BC-4BB0-B775-AD1475CE9880}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E48FD0FA-6559-4283-9081-9BC743FCFCB1}"/>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4A984AF4-BAD0-4CD6-AC37-22F6ED706138}"/>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BA327853-956F-4B82-9018-91BD04B893A5}"/>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{07F407BE-7FD0-4DF3-AB0D-03AA82E4DAF8}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>